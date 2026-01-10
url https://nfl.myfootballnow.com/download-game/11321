--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -410,63 +410,63 @@
   <si>
     <t>#51 Anthony Ferguson - WLB</t>
   </si>
   <si>
     <t>#40 Edward Phillips - CB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>TEN 27</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-8-TEN 27 (14:19) 83-Aaron Tenney ran to TEN 30 for 3 yards. Tackle by 40-Edward Phillips.</t>
   </si>
   <si>
     <t>#25 Aaron Tenney - RB</t>
   </si>
   <si>
-    <t>#82 Roland Fritz - TE</t>
+    <t>#83 Roland Fritz - TE</t>
   </si>
   <si>
     <t>#81 Reggie Libby - FB</t>
   </si>
   <si>
     <t>#82 Jermaine Marshall - TE</t>
   </si>
   <si>
     <t>#76 Jeffrey Crockett - RDE</t>
   </si>
   <si>
-    <t>#95 Gary Utz - DT</t>
+    <t>#57 Gary Utz - DT</t>
   </si>
   <si>
     <t>#91 James Rosado - RDE</t>
   </si>
   <si>
     <t>#93 John Soderquist - WLB</t>
   </si>
   <si>
     <t>#98 Jorge Danley - WLB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>TEN 30</t>
   </si>
   <si>
     <t>Dime Flat CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>3-5-TEN 30 (13:42) 6-John Perez pass complete to 14-Richard Johnson to TEN 34 for 4 yards. Tackle by 25-Jean Dalton.</t>
   </si>
   <si>
     <t>13:07</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-TEN 34 (13:06) 4-James Culp punts 44 yards to GBY 23. 20-John Elliott FUMBLES recovered by GBY-20-John Elliott at GBY 22. Tackle by 55-John Curtis.</t>
   </si>
   <si>
     <t>#4 James Culp - P</t>
   </si>
   <si>
     <t>#83 John Elliott - WR</t>
   </si>
   <si>
     <t>#54 David Alvarado - SLB</t>
   </si>
   <si>
     <t>#96 Charles Patterson - WLB</t>
   </si>
   <si>
     <t>#49 Stephen Bottomley - SS</t>
   </si>
   <si>
     <t>#74 James Alejo - C</t>
   </si>
   <si>
-    <t>#54 Jerry Mao - MLB</t>
+    <t>#57 Jerry Mao - MLB</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>GBY 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-GBY 22 (12:57) 45-Kenneth Steiner ran to GBY 23 for a short gain. Tackle by 20-Donald Seidel.</t>
   </si>
   <si>
     <t>#5 David Gray - QB</t>
   </si>
   <si>
     <t>#45 Kenneth Steiner - RB</t>
   </si>
   <si>
     <t>#31 Joshua Flippo - FB</t>
   </si>