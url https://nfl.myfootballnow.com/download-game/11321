--- v1 (2026-01-10)
+++ v2 (2026-02-04)
@@ -359,51 +359,51 @@
   <si>
     <t>#14 James Summers - WR</t>
   </si>
   <si>
     <t>#10 Howard Ramos - WR</t>
   </si>
   <si>
     <t>#13 Dennis Otto - WR</t>
   </si>
   <si>
     <t>#52 Gregory Rodriquez - LG</t>
   </si>
   <si>
     <t>#55 John Curtis - LT</t>
   </si>
   <si>
     <t>#66 Karl Murphy - C</t>
   </si>
   <si>
     <t>#52 John Soto - RG</t>
   </si>
   <si>
     <t>#57 Johnathan Thompson - RT</t>
   </si>
   <si>
-    <t>#92 Jose Hettinger - RDE</t>
+    <t>#92 Jose Hettinger - LDE</t>
   </si>
   <si>
     <t>#55 Larry Sanders - LDE</t>
   </si>
   <si>
     <t>#50 Arthur Macleod - DT</t>
   </si>
   <si>
     <t>#92 Scott Alvarado - DT</t>
   </si>
   <si>
     <t>#20 Robert Henry - CB</t>
   </si>
   <si>
     <t>#21 John Bueno - CB</t>
   </si>
   <si>
     <t>#25 Jean Dalton - CB</t>
   </si>
   <si>
     <t>#36 Larry Miller - CB</t>
   </si>
   <si>
     <t>#46 Joseph Gagne - CB</t>
   </si>
@@ -527,51 +527,51 @@
   <si>
     <t>#31 Joshua Flippo - FB</t>
   </si>
   <si>
     <t>#44 Scott Cude - FB</t>
   </si>
   <si>
     <t>#82 Michael Olson - WR</t>
   </si>
   <si>
     <t>#77 Gene Lopez - LG</t>
   </si>
   <si>
     <t>#63 John Nicoll - LG</t>
   </si>
   <si>
     <t>#60 Brad Morales - LT</t>
   </si>
   <si>
     <t>#52 Carl Jobe - RG</t>
   </si>
   <si>
     <t>#71 Nathan Garner - RG</t>
   </si>
   <si>
-    <t>#99 Douglas Woodall - DT</t>
+    <t>#67 Douglas Woodall - DT</t>
   </si>
   <si>
     <t>#50 John Johnson - RDE</t>
   </si>
   <si>
     <t>#57 Jerry Lowery - CB</t>
   </si>
   <si>
     <t>#42 Dennis Moats - FS</t>
   </si>
   <si>
     <t>#28 Cameron Coletti - CB</t>
   </si>
   <si>
     <t>#20 Donald Seidel - SS</t>
   </si>
   <si>
     <t>#41 Gordon Nelson - SS</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>GBY 23</t>
   </si>