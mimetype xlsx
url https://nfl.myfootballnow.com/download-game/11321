--- v2 (2026-02-04)
+++ v3 (2026-03-17)
@@ -791,51 +791,51 @@
   <si>
     <t>3-7-TEN 40 (5:42) 5-David Gray pass complete to 20-John Elliott to TEN 30 for 10 yards. Tackle by 98-Dennis Moats.</t>
   </si>
   <si>
     <t>#59 Mario Scarbrough - CB</t>
   </si>
   <si>
     <t>5:05</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>1-10-TEN 30 (5:04) 5-David Gray pass incomplete, dropped by 20-John Elliott.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>2-10-TEN 30 (5:01) 12-Kevin Garcia ran to TEN 19 for 11 yards. Tackle by 20-Donald Seidel.</t>
   </si>
   <si>
-    <t>#57 Sam Lebeau - MLB</t>
+    <t>#95 Sam Lebeau - MLB</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>TEN 19</t>
   </si>
   <si>
     <t>1-10-TEN 19 (4:25) 27-John Smith FUMBLES recovered by GBY-31-Joshua Flippo at TEN 22. Tackle by 73-Nathaniel Battle.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>TEN 22</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-13-TEN 22 (3:41) 45-Kenneth Steiner ran to TEN 21 for 1 yards. Tackle by 97-Jose Churchill.</t>
   </si>