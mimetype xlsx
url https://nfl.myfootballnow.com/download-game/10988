--- v0 (2025-11-06)
+++ v1 (2025-11-28)
@@ -368,51 +368,51 @@
   <si>
     <t>#74 Robert Williams - LT</t>
   </si>
   <si>
     <t>#66 Stephen Lacourse - LT</t>
   </si>
   <si>
     <t>#69 Mike Simmons - C</t>
   </si>
   <si>
     <t>#66 Brian Perry - RG</t>
   </si>
   <si>
     <t>#57 James Cortez - RT</t>
   </si>
   <si>
     <t>#65 Mark Lucero - RDE</t>
   </si>
   <si>
     <t>#2 Howard Dufrene - LDE</t>
   </si>
   <si>
     <t>#91 Wayne Walker - DT</t>
   </si>
   <si>
-    <t>#51 Reginald Salas - LDE</t>
+    <t>#51 Reginald Salas - DT</t>
   </si>
   <si>
     <t>#97 Mike Williams - SLB</t>
   </si>
   <si>
     <t>#54 John Morris - SLB</t>
   </si>
   <si>
     <t>#92 Melvin McReynolds - WLB</t>
   </si>
   <si>
     <t>#23 Edward Medley - CB</t>
   </si>
   <si>
     <t>#94 Harry Chipman - FS</t>
   </si>
   <si>
     <t>#33 Robert Ramirez - FS</t>
   </si>
   <si>
     <t>#30 Eddy White - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
@@ -1745,51 +1745,51 @@
   <si>
     <t>2-5-IND 30 (6:14) 4-Wayne Edwards pass complete to 13-Justin Smith to IND 46 for 15 yards. Tackle by 92-Melvin McReynolds.</t>
   </si>
   <si>
     <t>5:52</t>
   </si>
   <si>
     <t>1-10-IND 46 (5:51) 4-Wayne Edwards pass complete to 22-Jerry Selman to MIN 50 for 4 yards. Tackle by 34-Richard Bauer.</t>
   </si>
   <si>
     <t>5:25</t>
   </si>
   <si>
     <t>MIN 50</t>
   </si>
   <si>
     <t>2-6-MIN 50 (5:24) 4-Wayne Edwards ran to MIN 43 for 7 yards. 4-Wayne Edwards slides to avoid being hit.</t>
   </si>
   <si>
     <t>MIN 43</t>
   </si>
   <si>
     <t>1-10-MIN 43 (4:57) 4-Wayne Edwards pass complete to 21-Ralph Kenyon to MIN 42 for 1 yards. Tackle by 97-Mike Williams.</t>
   </si>
   <si>
-    <t>#71 Abraham Hadfield - LG</t>
+    <t>#55 Abraham Hadfield - LG</t>
   </si>
   <si>
     <t>2-9-MIN 42 (4:39) 4-Wayne Edwards pass incomplete, dropped by 18-Michael Janson. Pressure by 51-Reginald Salas. 94-Harry Chipman got away with a hold on that play.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>3-9-MIN 42 (4:35) 4-Wayne Edwards pass complete to 31-Jeffrey Whitaker to MIN 24 for 17 yards. Tackle by 92-Melvin McReynolds. Pressure by 91-Wayne Walker.</t>
   </si>
   <si>
     <t>4:12</t>
   </si>
   <si>
     <t>1-10-MIN 24 (4:11) 4-Wayne Edwards pass complete to 18-Michael Janson to MIN 14 for 11 yards. Tackle by 97-Mike Williams.</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>MIN 14</t>
   </si>
   <si>
     <t>1-10-MIN 14 (3:49) 4-Wayne Edwards pass complete to 80-Kristofer Bridges to MIN 7 for 7 yards. Tackle by 46-Mark Moore.</t>
   </si>